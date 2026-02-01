--- v0 (2025-11-01)
+++ v1 (2026-02-01)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,6229</t>
+    <t>9,1199</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,0608</t>
+    <t>5,3525</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,1217</t>
+    <t>10,7051</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>12,7883</t>
+    <t>13,5255</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>11,6788</t>
+    <t>12,352</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,5377</t>
+    <t>10,0875</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,4891</t>
+    <t>5,8055</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>16,545</t>
+    <t>17,4987</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,2555</t>
+    <t>5,5584</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,3163</t>
+    <t>10,911</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>13,6253</t>
+    <t>14,4107</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>7,9805</t>
+    <t>8,4406</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,1144</t>
+    <t>3,2939</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9781</t>
+    <t>11,6109</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2628</t>
+    <t>12,9696</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,2895</t>
+    <t>11,9403</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,4039</t>
+    <t>15,2342</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,1338</t>
+    <t>3,3145</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1849</t>
+    <t>4,4261</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>114,8418</t>
+    <t>121,4617</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,5912</t>
+    <t>8,0288</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,2993</t>
+    <t>7,72</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,3484</t>
+    <t>8,8296</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,618</t>
+    <t>6,9995</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,6715</t>
+    <t>4,9408</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,0341</t>
+    <t>6,3819</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>17,7518</t>
+    <t>18,7751</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,5036</t>
+    <t>3,7056</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,0073</t>
+    <t>7,4112</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,0097</t>
+    <t>12,702</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>3,9319</t>
+    <t>4,1585</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,2019</t>
+    <t>7,6171</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,129</t>
+    <t>18,1163</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,3698</t>
+    <t>8,8523</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>9,927</t>
+    <t>10,4992</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>10,9586</t>
+    <t>11,5903</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>7,8443</t>
+    <t>8,2964</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,1484</t>
+    <t>9,6758</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,3236</t>
+    <t>18,3222</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>10,7056</t>
+    <t>11,3227</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>8,7591</t>
+    <t>9,264</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,6521</t>
+    <t>13,3814</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,5547</t>
+    <t>13,2784</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,3358</t>
+    <t>2,4704</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,674</t>
+    <t>10,2316</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>15,5718</t>
+    <t>16,4694</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,2968</t>
+    <t>19,3515</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>7,7859</t>
+    <t>8,2347</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,3966</t>
+    <t>16,2841</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,0949</t>
+    <t>11,7344</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,2287</t>
+    <t>6,5878</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>8,9538</t>
+    <t>9,4699</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,3966</t>
+    <t>7,823</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,0146</t>
+    <t>14,8224</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,0973</t>
+    <t>8,5641</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,4015</t>
+    <t>9,9434</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>8,8954</t>
+    <t>9,4081</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>11,8735</t>
+    <t>12,5579</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,5864</t>
+    <t>14,3695</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,0876</t>
+    <t>4,3232</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,3431</t>
+    <t>9,8816</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>6,8127</t>
+    <t>7,2054</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,4501</t>
+    <t>5,7643</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,5109</t>
+    <t>11,1168</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>23,3577</t>
+    <t>24,7041</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,5304</t>
+    <t>19,5986</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,7105</t>
+    <t>4,982</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>22,7153</t>
+    <t>24,0247</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,309</t>
+    <t>3,4997</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>12,8467</t>
+    <t>13,5872</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,3382</t>
+    <t>7,7612</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,5182</t>
+    <t>18,528</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,4307</t>
+    <t>14,2048</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>4,8662</t>
+    <t>5,1467</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,4234</t>
+    <t>6,7936</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,1119</t>
+    <t>14,9254</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,6983</t>
+    <t>3,9115</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,4842</t>
+    <t>12,1462</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>25,1095</t>
+    <t>26,5569</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,5401</t>
+    <t>6,9171</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,9002</t>
+    <t>11,5286</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,0657</t>
+    <t>7,473</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7567</t>
+    <t>12,4344</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>15,6691</t>
+    <t>16,5723</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,82</t>
+    <t>14,6166</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,3139</t>
+    <t>14,0813</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,5353</t>
+    <t>13,2578</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,0414</t>
+    <t>13,7931</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,4769</t>
+    <t>4,7349</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,5572</t>
+    <t>1,6469</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>19,4647</t>
+    <t>20,5867</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,309</t>
+    <t>20,422</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,2117</t>
+    <t>11,858</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>