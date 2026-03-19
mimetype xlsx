--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>9,1199</t>
+    <t>9,0224</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,3525</t>
+    <t>5,2953</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,7051</t>
+    <t>10,5906</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>13,5255</t>
+    <t>13,3809</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>12,352</t>
+    <t>12,22</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>10,0875</t>
+    <t>9,9796</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,8055</t>
+    <t>5,7434</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>17,4987</t>
+    <t>17,3116</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,5584</t>
+    <t>5,499</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,911</t>
+    <t>10,7943</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>14,4107</t>
+    <t>14,2566</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>8,4406</t>
+    <t>8,3503</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,2939</t>
+    <t>3,2587</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,6109</t>
+    <t>11,4868</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,9696</t>
+    <t>12,831</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,9403</t>
+    <t>11,8126</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>15,2342</t>
+    <t>15,0713</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,3145</t>
+    <t>3,279</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,4261</t>
+    <t>4,3788</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>121,4617</t>
+    <t>120,1629</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>8,0288</t>
+    <t>7,943</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,72</t>
+    <t>7,6375</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,8296</t>
+    <t>8,7352</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,9995</t>
+    <t>6,9246</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,9408</t>
+    <t>4,888</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,3819</t>
+    <t>6,3136</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>18,7751</t>
+    <t>18,5743</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,7056</t>
+    <t>3,666</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,4112</t>
+    <t>7,332</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,702</t>
+    <t>12,5662</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>4,1585</t>
+    <t>4,1141</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,6171</t>
+    <t>7,5356</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>18,1163</t>
+    <t>17,9226</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,8523</t>
+    <t>8,7576</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>10,4992</t>
+    <t>10,387</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>11,5903</t>
+    <t>11,4664</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>8,2964</t>
+    <t>8,2077</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,6758</t>
+    <t>9,5723</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,3222</t>
+    <t>18,1263</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>11,3227</t>
+    <t>11,2016</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>9,264</t>
+    <t>9,165</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,3814</t>
+    <t>13,2383</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>13,2784</t>
+    <t>13,1365</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,4704</t>
+    <t>2,444</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>10,2316</t>
+    <t>10,1222</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>16,4694</t>
+    <t>16,2933</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,3515</t>
+    <t>19,1446</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>8,2347</t>
+    <t>8,1466</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>16,2841</t>
+    <t>16,11</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,7344</t>
+    <t>11,609</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,5878</t>
+    <t>6,5173</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>9,4699</t>
+    <t>9,3686</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,823</t>
+    <t>7,7393</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,8224</t>
+    <t>14,664</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,5641</t>
+    <t>8,4725</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,9434</t>
+    <t>9,8371</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>9,4081</t>
+    <t>9,3075</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>12,5579</t>
+    <t>12,4236</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,3695</t>
+    <t>14,2159</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,3232</t>
+    <t>4,277</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,8816</t>
+    <t>9,776</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>7,2054</t>
+    <t>7,1283</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,7643</t>
+    <t>5,7026</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>11,1168</t>
+    <t>10,998</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>24,7041</t>
+    <t>24,4399</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,5986</t>
+    <t>19,389</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,982</t>
+    <t>4,9287</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>24,0247</t>
+    <t>23,7678</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,4997</t>
+    <t>3,4623</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>13,5872</t>
+    <t>13,442</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,7612</t>
+    <t>7,6782</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,528</t>
+    <t>18,3299</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>14,2048</t>
+    <t>14,053</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>5,1467</t>
+    <t>5,0916</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,7936</t>
+    <t>6,721</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,9254</t>
+    <t>14,7658</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,9115</t>
+    <t>3,8697</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>12,1462</t>
+    <t>12,0163</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>26,5569</t>
+    <t>26,2729</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,9171</t>
+    <t>6,8432</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,5286</t>
+    <t>11,4053</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,473</t>
+    <t>7,3931</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,4344</t>
+    <t>12,3014</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>16,5723</t>
+    <t>16,3951</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,6166</t>
+    <t>14,4603</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>14,0813</t>
+    <t>13,9308</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>13,2578</t>
+    <t>13,1161</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,7931</t>
+    <t>13,6456</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,7349</t>
+    <t>4,6843</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,6469</t>
+    <t>1,6293</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>20,5867</t>
+    <t>20,3666</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,422</t>
+    <t>20,2037</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,858</t>
+    <t>11,7312</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>